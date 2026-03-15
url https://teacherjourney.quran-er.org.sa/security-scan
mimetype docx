--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -1,1471 +1,1710 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:bidiVisual/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10599" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3596"/>
-        <w:gridCol w:w="6860"/>
+        <w:gridCol w:w="7003"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E7113D" w:rsidRPr="00EF296A" w14:paraId="3757792B" w14:textId="77777777" w:rsidTr="00EF296A">
+      <w:tr w:rsidR="00E7113D" w:rsidRPr="001F08E0" w14:paraId="3757792B" w14:textId="77777777" w:rsidTr="00A905DA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="6946" w:type="dxa"/>
+          <w:wAfter w:w="7003" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3596" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD44B3F" w14:textId="596CB567" w:rsidR="00E7113D" w:rsidRPr="00EF296A" w:rsidRDefault="00E7113D" w:rsidP="00E7113D">
+          <w:p w14:paraId="3CD44B3F" w14:textId="596CB567" w:rsidR="00E7113D" w:rsidRPr="001F08E0" w:rsidRDefault="00E7113D" w:rsidP="00E7113D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9473"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...10 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الاسم الرباعي</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E7113D" w:rsidRPr="00EF296A" w14:paraId="7059FBDA" w14:textId="77777777" w:rsidTr="00733D91">
+      <w:tr w:rsidR="00E7113D" w:rsidRPr="001F08E0" w14:paraId="7059FBDA" w14:textId="77777777" w:rsidTr="00A905DA">
         <w:trPr>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10574" w:type="dxa"/>
+            <w:tcW w:w="10599" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1EAD1060" w14:textId="77777777" w:rsidR="00E7113D" w:rsidRPr="00EF296A" w:rsidRDefault="00E7113D" w:rsidP="004D3D16">
-[...5 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="1EAD1060" w14:textId="3F6960FD" w:rsidR="00E7113D" w:rsidRPr="001F08E0" w:rsidRDefault="00E7113D" w:rsidP="004D3D16">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6267E902" w14:textId="77777777" w:rsidR="004D3D16" w:rsidRPr="00EF296A" w:rsidRDefault="004D3D16" w:rsidP="00EF296A">
+    <w:p w14:paraId="6267E902" w14:textId="77777777" w:rsidR="004D3D16" w:rsidRPr="001F08E0" w:rsidRDefault="004D3D16" w:rsidP="00EF296A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:bidiVisual/>
         <w:tblW w:w="10574" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3628"/>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B757EB" w:rsidRPr="00EF296A" w14:paraId="34DD6333" w14:textId="77777777" w:rsidTr="00EF296A">
+      <w:tr w:rsidR="00B757EB" w:rsidRPr="001F08E0" w14:paraId="34DD6333" w14:textId="77777777" w:rsidTr="00EF296A">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="6946" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4762D049" w14:textId="35CD676D" w:rsidR="00B757EB" w:rsidRPr="00EF296A" w:rsidRDefault="00E7113D" w:rsidP="00B757EB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+          <w:p w14:paraId="4762D049" w14:textId="35CD676D" w:rsidR="00B757EB" w:rsidRPr="001F08E0" w:rsidRDefault="00E7113D" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>بيانات الهوية</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085104B" w:rsidRPr="00EF296A" w14:paraId="024F0324" w14:textId="77777777" w:rsidTr="00EF296A">
+      <w:tr w:rsidR="0085104B" w:rsidRPr="001F08E0" w14:paraId="024F0324" w14:textId="77777777" w:rsidTr="00EF296A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2C337DD6" w14:textId="4A36A8B0" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+          <w:p w14:paraId="2C337DD6" w14:textId="4A36A8B0" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>رقم الهوية</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4E6F3A35" w14:textId="457A8090" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+          <w:p w14:paraId="4E6F3A35" w14:textId="457A8090" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>نوع الهوية</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="00095D5A" w14:textId="3A412AAE" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+          <w:p w14:paraId="00095D5A" w14:textId="3A412AAE" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>تاريخ الانتهاء</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085104B" w:rsidRPr="00EF296A" w14:paraId="3EAE47EA" w14:textId="77777777" w:rsidTr="00EF296A">
+      <w:tr w:rsidR="0085104B" w:rsidRPr="001F08E0" w14:paraId="3EAE47EA" w14:textId="77777777" w:rsidTr="00EF296A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="62727CE2" w14:textId="710F344B" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...5 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="62727CE2" w14:textId="48BA8F85" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2DC42A" w14:textId="77777777" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...5 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="5D2DC42A" w14:textId="59403025" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="790E8FC4" w14:textId="55C4CD38" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...5 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="790E8FC4" w14:textId="0E83D79B" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085104B" w:rsidRPr="00EF296A" w14:paraId="42A9BFA0" w14:textId="77777777" w:rsidTr="00EF296A">
+      <w:tr w:rsidR="0085104B" w:rsidRPr="001F08E0" w14:paraId="42A9BFA0" w14:textId="77777777" w:rsidTr="00EF296A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3F09C3A2" w14:textId="53710B6D" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+          <w:p w14:paraId="3F09C3A2" w14:textId="53710B6D" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الجنسية</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A2FFB4" w14:textId="79C5B702" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+          <w:p w14:paraId="74A2FFB4" w14:textId="79C5B702" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الجنس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1423F63A" w14:textId="4F0B1821" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+          <w:p w14:paraId="1423F63A" w14:textId="751F534A" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00C640BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مكان وتاريخ الميلاد</w:t>
             </w:r>
+            <w:r w:rsidR="00F52587">
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C640BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>هجرياً</w:t>
+            </w:r>
+            <w:r w:rsidR="00F52587">
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085104B" w:rsidRPr="00EF296A" w14:paraId="7EF7AF42" w14:textId="77777777" w:rsidTr="00EF296A">
+      <w:tr w:rsidR="0085104B" w:rsidRPr="001F08E0" w14:paraId="7EF7AF42" w14:textId="77777777" w:rsidTr="00EF296A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="05292B94" w14:textId="32D03D20" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...5 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="05292B94" w14:textId="3820B157" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17798710" w14:textId="77777777" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...5 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="17798710" w14:textId="730BFD03" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0F31A79B" w14:textId="7A01B049" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
-[...5 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="0F31A79B" w14:textId="72F318D1" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00B757EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18F40905" w14:textId="77777777" w:rsidR="004D3D16" w:rsidRPr="00EF296A" w:rsidRDefault="004D3D16" w:rsidP="004D3D16">
+    <w:p w14:paraId="18F40905" w14:textId="77777777" w:rsidR="004D3D16" w:rsidRPr="001F08E0" w:rsidRDefault="004D3D16" w:rsidP="004D3D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:bidiVisual/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10599" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2466"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2664"/>
+        <w:gridCol w:w="2464"/>
+        <w:gridCol w:w="2180"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2553"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E4092A" w:rsidRPr="00EF296A" w14:paraId="6918D239" w14:textId="77777777" w:rsidTr="0085104B">
+      <w:tr w:rsidR="00E4092A" w:rsidRPr="00C47695" w14:paraId="6918D239" w14:textId="77777777" w:rsidTr="00A905DA">
         <w:trPr>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="5387" w:type="dxa"/>
+          <w:wAfter w:w="5955" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="650AC447" w14:textId="0FA8749C" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
+          <w:p w14:paraId="650AC447" w14:textId="0FA8749C" w:rsidR="00E4092A" w:rsidRPr="00C47695" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1319"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C47695">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>المؤهلات العلمية</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4092A" w:rsidRPr="00EF296A" w14:paraId="2F8B1049" w14:textId="77777777" w:rsidTr="00E31FE3">
-[...2 lines deleted...]
-            <w:tcW w:w="2494" w:type="dxa"/>
+      <w:tr w:rsidR="00E4092A" w:rsidRPr="001F08E0" w14:paraId="2F8B1049" w14:textId="77777777" w:rsidTr="00A905DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2464" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7845CD43" w14:textId="6C0BBC5C" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
+          <w:p w14:paraId="7845CD43" w14:textId="6C0BBC5C" w:rsidR="00E4092A" w:rsidRPr="00C47695" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1319"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C47695">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>المؤهل العلمي</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="28E08D82" w14:textId="19461627" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
+            <w:tcW w:w="2180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E08D82" w14:textId="19461627" w:rsidR="00E4092A" w:rsidRPr="00C47695" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1319"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C47695">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>التخصص</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="49A18BF8" w14:textId="5BF3ACED" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
+          <w:p w14:paraId="49A18BF8" w14:textId="5BF3ACED" w:rsidR="00E4092A" w:rsidRPr="00C47695" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1319"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C47695">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مكان العمل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="55837778" w14:textId="15ECFD37" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
+            <w:tcW w:w="2553" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55837778" w14:textId="15ECFD37" w:rsidR="00E4092A" w:rsidRPr="00C47695" w:rsidRDefault="0085104B" w:rsidP="00E4092A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1319"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C47695">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>المسمى الوظيفي</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4092A" w:rsidRPr="00EF296A" w14:paraId="4AD129F4" w14:textId="77777777" w:rsidTr="00E31FE3">
-[...2 lines deleted...]
-            <w:tcW w:w="2494" w:type="dxa"/>
+      <w:tr w:rsidR="00E4092A" w:rsidRPr="001F08E0" w14:paraId="4AD129F4" w14:textId="77777777" w:rsidTr="00A905DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2464" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="04FC8442" w14:textId="0C243FDE" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="00E4092A" w:rsidP="00E4092A">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FC8442" w14:textId="2DF65C4B" w:rsidR="00E4092A" w:rsidRPr="001F08E0" w:rsidRDefault="00E4092A" w:rsidP="002B5953">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1319"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="666A933E" w14:textId="77777777" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="00E4092A" w:rsidP="00E4092A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="666A933E" w14:textId="5F3F7AFE" w:rsidR="00E4092A" w:rsidRPr="001F08E0" w:rsidRDefault="00E4092A" w:rsidP="002B5953">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1319"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="219FA55D" w14:textId="65B2E7B6" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="00E4092A" w:rsidP="00E4092A">
+          <w:p w14:paraId="219FA55D" w14:textId="215E42A2" w:rsidR="00F855BE" w:rsidRPr="001F08E0" w:rsidRDefault="00F855BE" w:rsidP="00E4092A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1319"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="0497B396" w14:textId="77777777" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="00E4092A" w:rsidP="00E4092A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0497B396" w14:textId="382F0AF5" w:rsidR="00E4092A" w:rsidRPr="001F08E0" w:rsidRDefault="00E4092A" w:rsidP="002B5953">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1319"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22BAFEF6" w14:textId="4C425254" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="00E4092A" w:rsidP="009E2BD5">
+    <w:p w14:paraId="22BAFEF6" w14:textId="393A47AB" w:rsidR="00E4092A" w:rsidRPr="001F08E0" w:rsidRDefault="00E4092A" w:rsidP="009E2BD5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:bidiVisual/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10466" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2508"/>
         <w:gridCol w:w="2649"/>
         <w:gridCol w:w="2648"/>
-        <w:gridCol w:w="2651"/>
+        <w:gridCol w:w="2661"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0085104B" w:rsidRPr="00EF296A" w14:paraId="019ABCB0" w14:textId="77777777" w:rsidTr="00E31FE3">
+      <w:tr w:rsidR="0085104B" w:rsidRPr="001F08E0" w14:paraId="019ABCB0" w14:textId="77777777" w:rsidTr="00A905DA">
         <w:trPr>
           <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="8077" w:type="dxa"/>
+          <w:wAfter w:w="7958" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:tcW w:w="2508" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="2C16CBF2" w14:textId="3CBD9EC1" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="2C16CBF2" w14:textId="3CBD9EC1" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>العنوان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4092A" w:rsidRPr="00EF296A" w14:paraId="3446B1FB" w14:textId="77777777" w:rsidTr="00E31FE3">
-[...2 lines deleted...]
-            <w:tcW w:w="2546" w:type="dxa"/>
+      <w:tr w:rsidR="004D6AB8" w:rsidRPr="001F08E0" w14:paraId="3446B1FB" w14:textId="77777777" w:rsidTr="00A905DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2508" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="28456123" w14:textId="47B76D9D" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="28456123" w14:textId="47B76D9D" w:rsidR="00E4092A" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>رقم الهاتف</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2649" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="08AC5436" w14:textId="68B3141C" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="08AC5436" w14:textId="68B3141C" w:rsidR="00E4092A" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>رقم الجوال</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2648" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="56274816" w14:textId="5D8E8D9A" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="56274816" w14:textId="5D8E8D9A" w:rsidR="00E4092A" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>المدينة</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3C05597C" w14:textId="40DB3878" w:rsidR="00E4092A" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="3C05597C" w14:textId="40DB3878" w:rsidR="00E4092A" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>المنطقة</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085104B" w:rsidRPr="00EF296A" w14:paraId="7E0A274F" w14:textId="77777777" w:rsidTr="00E31FE3">
-[...2 lines deleted...]
-            <w:tcW w:w="2546" w:type="dxa"/>
+      <w:tr w:rsidR="004D6AB8" w:rsidRPr="001F08E0" w14:paraId="7E0A274F" w14:textId="77777777" w:rsidTr="00A905DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2508" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9E2701" w14:textId="77777777" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="7C9E2701" w14:textId="7FC42521" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A4B467A" w14:textId="77777777" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="5A4B467A" w14:textId="22D151CF" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2648" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14DB8C91" w14:textId="77777777" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="14DB8C91" w14:textId="533C3E8D" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="45AC4CC6" w14:textId="77777777" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="45AC4CC6" w14:textId="49388495" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="004D6AB8">
             <w:pPr>
               <w:pStyle w:val="a6"/>
-              <w:ind w:left="0"/>
-[...4 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085104B" w:rsidRPr="00EF296A" w14:paraId="3EDDE51F" w14:textId="77777777" w:rsidTr="00E31FE3">
-[...2 lines deleted...]
-            <w:tcW w:w="2546" w:type="dxa"/>
+      <w:tr w:rsidR="004D6AB8" w:rsidRPr="001F08E0" w14:paraId="3EDDE51F" w14:textId="77777777" w:rsidTr="00A905DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2508" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="63FF3B75" w14:textId="61ABBDF6" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="63FF3B75" w14:textId="61ABBDF6" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الحي</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2649" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5198EFEA" w14:textId="14A36F32" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="5198EFEA" w14:textId="14A36F32" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="004C37A0">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الشارع</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2648" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7338B9DF" w14:textId="1FAFF19F" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="7338B9DF" w14:textId="1FAFF19F" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>رقم المبنى</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="623FA65B" w14:textId="7C336EC3" w:rsidR="0085104B" w:rsidRPr="00EF296A" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
+          <w:p w14:paraId="623FA65B" w14:textId="7C336EC3" w:rsidR="0085104B" w:rsidRPr="001F08E0" w:rsidRDefault="0085104B" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>رقم الشقة</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E31FE3" w:rsidRPr="00EF296A" w14:paraId="23E0045B" w14:textId="77777777" w:rsidTr="00E31FE3">
-[...2 lines deleted...]
-            <w:tcW w:w="2546" w:type="dxa"/>
+      <w:tr w:rsidR="004D6AB8" w:rsidRPr="001F08E0" w14:paraId="23E0045B" w14:textId="77777777" w:rsidTr="00A905DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2508" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="289EEE0B" w14:textId="77777777" w:rsidR="00E31FE3" w:rsidRPr="00EF296A" w:rsidRDefault="00E31FE3" w:rsidP="00EF296A">
+          <w:p w14:paraId="289EEE0B" w14:textId="18432E69" w:rsidR="00E31FE3" w:rsidRPr="001F08E0" w:rsidRDefault="00E31FE3" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="741EE86C" w14:textId="77777777" w:rsidR="00E31FE3" w:rsidRPr="00EF296A" w:rsidRDefault="00E31FE3" w:rsidP="00EF296A">
+          <w:p w14:paraId="741EE86C" w14:textId="6458234C" w:rsidR="00E31FE3" w:rsidRPr="001F08E0" w:rsidRDefault="00E31FE3" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="60C75B90" w14:textId="77777777" w:rsidR="00E31FE3" w:rsidRPr="00EF296A" w:rsidRDefault="00E31FE3" w:rsidP="00EF296A">
+          <w:p w14:paraId="60C75B90" w14:textId="244EFA72" w:rsidR="00E31FE3" w:rsidRPr="001F08E0" w:rsidRDefault="00E31FE3" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5B10858B" w14:textId="77777777" w:rsidR="00E31FE3" w:rsidRPr="00EF296A" w:rsidRDefault="00E31FE3" w:rsidP="00EF296A">
+          <w:p w14:paraId="5B10858B" w14:textId="04EAA71B" w:rsidR="00E31FE3" w:rsidRPr="001F08E0" w:rsidRDefault="00E31FE3" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4DDE4688" w14:textId="66E77E5C" w:rsidR="00056CEF" w:rsidRPr="00EF296A" w:rsidRDefault="00056CEF" w:rsidP="00EF296A">
+    <w:p w14:paraId="4DDE4688" w14:textId="66E77E5C" w:rsidR="00056CEF" w:rsidRPr="001F08E0" w:rsidRDefault="00056CEF" w:rsidP="00EF296A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-52" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3648"/>
-        <w:gridCol w:w="6860"/>
+        <w:gridCol w:w="3647"/>
+        <w:gridCol w:w="6861"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00733D91" w:rsidRPr="00EF296A" w14:paraId="7DF4EC81" w14:textId="77777777" w:rsidTr="00EF296A">
+      <w:tr w:rsidR="00733D91" w:rsidRPr="001F08E0" w14:paraId="7DF4EC81" w14:textId="77777777" w:rsidTr="00407817">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="6950" w:type="dxa"/>
+          <w:wAfter w:w="6861" w:type="dxa"/>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3680" w:type="dxa"/>
+            <w:tcW w:w="3647" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7E8D05" w14:textId="41355FC8" w:rsidR="00733D91" w:rsidRPr="00EF296A" w:rsidRDefault="00733D91" w:rsidP="00EF296A">
+          <w:p w14:paraId="5C7E8D05" w14:textId="41355FC8" w:rsidR="00733D91" w:rsidRPr="001F08E0" w:rsidRDefault="00733D91" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>عناوين</w:t>
             </w:r>
-            <w:r w:rsidR="00F34F4E" w:rsidRPr="00EF296A">
+            <w:r w:rsidR="00F34F4E" w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> مواقع التواصل الاجتماعي</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34F4E" w:rsidRPr="00EF296A" w14:paraId="2F02D577" w14:textId="77777777" w:rsidTr="00EF296A">
-[...2 lines deleted...]
-            <w:tcW w:w="3680" w:type="dxa"/>
+      <w:tr w:rsidR="00F34F4E" w:rsidRPr="001F08E0" w14:paraId="2F02D577" w14:textId="77777777" w:rsidTr="00407817">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3647" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3821FC16" w14:textId="3A12C8DC" w:rsidR="00F34F4E" w:rsidRPr="00EF296A" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
+          <w:p w14:paraId="3821FC16" w14:textId="3A12C8DC" w:rsidR="00F34F4E" w:rsidRPr="001F08E0" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>تويتر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6950" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3BFE8A0C" w14:textId="397C59D9" w:rsidR="00F34F4E" w:rsidRPr="00EF296A" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
+            <w:tcW w:w="6861" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BFE8A0C" w14:textId="15517D9C" w:rsidR="00F34F4E" w:rsidRPr="001F08E0" w:rsidRDefault="004D6AB8" w:rsidP="00040DA6">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34F4E" w:rsidRPr="00EF296A" w14:paraId="753548F0" w14:textId="77777777" w:rsidTr="00EF296A">
-[...2 lines deleted...]
-            <w:tcW w:w="3680" w:type="dxa"/>
+      <w:tr w:rsidR="00F34F4E" w:rsidRPr="001F08E0" w14:paraId="753548F0" w14:textId="77777777" w:rsidTr="00407817">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3647" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC3FE50" w14:textId="412C5F3E" w:rsidR="00F34F4E" w:rsidRPr="00EF296A" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
+          <w:p w14:paraId="1AC3FE50" w14:textId="412C5F3E" w:rsidR="00F34F4E" w:rsidRPr="001F08E0" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>فيسبوك</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6950" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="11BF5BE6" w14:textId="77777777" w:rsidR="00F34F4E" w:rsidRPr="00EF296A" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
+            <w:tcW w:w="6861" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11BF5BE6" w14:textId="724C7D25" w:rsidR="00F34F4E" w:rsidRPr="001F08E0" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34F4E" w:rsidRPr="00EF296A" w14:paraId="3A7AE112" w14:textId="77777777" w:rsidTr="00EF296A">
-[...2 lines deleted...]
-            <w:tcW w:w="3680" w:type="dxa"/>
+      <w:tr w:rsidR="00F34F4E" w:rsidRPr="001F08E0" w14:paraId="3A7AE112" w14:textId="77777777" w:rsidTr="00407817">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3647" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="183C1CD8" w14:textId="13BC4A55" w:rsidR="00F34F4E" w:rsidRPr="00EF296A" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
+          <w:p w14:paraId="183C1CD8" w14:textId="13BC4A55" w:rsidR="00F34F4E" w:rsidRPr="001F08E0" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="AL-Mohanad Bold"/>
-                <w:sz w:val="32"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EF296A">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F08E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="AL-Mohanad Bold" w:hint="cs"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>البريد الالكتروني</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6950" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="556FBB8D" w14:textId="077642AB" w:rsidR="00F34F4E" w:rsidRPr="00EF296A" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
+            <w:tcW w:w="6861" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556FBB8D" w14:textId="7B69EC79" w:rsidR="00F34F4E" w:rsidRPr="001F08E0" w:rsidRDefault="00F34F4E" w:rsidP="00EF296A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
-[...2 lines deleted...]
-                <w:rtl/>
+                <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B4E78D7" w14:textId="77777777" w:rsidR="00733D91" w:rsidRPr="008B33A1" w:rsidRDefault="00733D91" w:rsidP="00056CEF">
+    <w:p w14:paraId="73E5E4D3" w14:textId="63784C18" w:rsidR="00F52587" w:rsidRDefault="00F52587" w:rsidP="00F52587">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F52587">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ملحوظة:( عند ورود رسالة نصية لكم من قبل الأدلة الجنائية تتطلب موافقتكم عليها، وذلك للدخول على منصة أبشر الخاصة بكم، ثم اختيار خدماتي، ثم اختيار عامة، ثم قبول).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F52587">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>التوقيع بالعلم..........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BEE5C6" w14:textId="40F5613B" w:rsidR="00F52587" w:rsidRPr="00F52587" w:rsidRDefault="00F52587" w:rsidP="0087665F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F52587">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">ملاحظة: </w:t>
+      </w:r>
+      <w:r w:rsidR="0087665F">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تعبئة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F52587">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> جميع الحقول إلزامية على أن تكون مطبوعة وليست بخط اليد.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00733D91" w:rsidRPr="008B33A1" w:rsidSect="00380DA0">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:p w14:paraId="190C2A49" w14:textId="77777777" w:rsidR="00F52587" w:rsidRPr="00F52587" w:rsidRDefault="00F52587" w:rsidP="00F52587">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="201C324D" w14:textId="74C4D1A7" w:rsidR="00F52587" w:rsidRPr="00F52587" w:rsidRDefault="00F52587" w:rsidP="00F52587">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4E78D7" w14:textId="1440ED88" w:rsidR="00F52587" w:rsidRDefault="00F52587" w:rsidP="00056CEF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73AEF57C" w14:textId="77777777" w:rsidR="00F52587" w:rsidRPr="00F52587" w:rsidRDefault="00F52587" w:rsidP="00F52587">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB674F6" w14:textId="77777777" w:rsidR="00F52587" w:rsidRPr="00F52587" w:rsidRDefault="00F52587" w:rsidP="00F52587">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EA2BEFF" w14:textId="77777777" w:rsidR="00F52587" w:rsidRPr="00F52587" w:rsidRDefault="00F52587" w:rsidP="00F52587">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E37F82" w14:textId="77777777" w:rsidR="00F52587" w:rsidRPr="00F52587" w:rsidRDefault="00F52587" w:rsidP="00F52587">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D0FBBDB" w14:textId="77777777" w:rsidR="00F52587" w:rsidRPr="00F52587" w:rsidRDefault="00F52587" w:rsidP="00F52587">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19E526EB" w14:textId="2548DA65" w:rsidR="00733D91" w:rsidRPr="00F52587" w:rsidRDefault="00F52587" w:rsidP="00F52587">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4451"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00733D91" w:rsidRPr="00F52587" w:rsidSect="001F08E0">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="0" w:left="720" w:header="708" w:footer="415" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="426" w:left="720" w:header="708" w:footer="415" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BEA4868" w14:textId="77777777" w:rsidR="00727C97" w:rsidRDefault="00727C97" w:rsidP="00400F9E">
+    <w:p w14:paraId="47AB372E" w14:textId="77777777" w:rsidR="00A65185" w:rsidRDefault="00A65185" w:rsidP="00400F9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63532B5E" w14:textId="77777777" w:rsidR="00727C97" w:rsidRDefault="00727C97" w:rsidP="00400F9E">
+    <w:p w14:paraId="16881C84" w14:textId="77777777" w:rsidR="00A65185" w:rsidRDefault="00A65185" w:rsidP="00400F9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Adobe Arabic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="8000A04A" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="8000202F" w:usb1="8000A04A" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AL-Mohanad Bold">
-    <w:altName w:val="Arial"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1486,721 +1725,498 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arabic Typesetting">
     <w:panose1 w:val="03020402040406030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000000D3" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...114 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="100B9CD6" w14:textId="77777777" w:rsidR="00727C97" w:rsidRDefault="00727C97" w:rsidP="00400F9E">
+    <w:p w14:paraId="17ABAC05" w14:textId="77777777" w:rsidR="00A65185" w:rsidRDefault="00A65185" w:rsidP="00400F9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30223488" w14:textId="77777777" w:rsidR="00727C97" w:rsidRDefault="00727C97" w:rsidP="00400F9E">
+    <w:p w14:paraId="171A932D" w14:textId="77777777" w:rsidR="00A65185" w:rsidRDefault="00A65185" w:rsidP="00400F9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="74720379" w14:textId="52922039" w:rsidR="00400F9E" w:rsidRPr="008B33A1" w:rsidRDefault="00EF296A" w:rsidP="00855CB0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="74720379" w14:textId="5BCF1822" w:rsidR="00400F9E" w:rsidRPr="00F52587" w:rsidRDefault="00534274" w:rsidP="00F52587">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3662"/>
       </w:tabs>
+      <w:spacing w:after="0"/>
       <w:ind w:left="-567" w:right="6096"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+        <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008B33A1">
-[...1 lines deleted...]
-        <w:rFonts w:cs="AL-Mohanad Bold" w:hint="cs"/>
+    <w:r w:rsidRPr="00F52587">
+      <w:rPr>
+        <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
+        <w:b/>
+        <w:bCs/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32DDABB1" wp14:editId="4AF4C6F2">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-40640</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1093915" cy="1346355"/>
+              <wp:effectExtent l="0" t="0" r="11430" b="25400"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="مستطيل 2"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1093915" cy="1346355"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="2">
+                        <a:schemeClr val="dk1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="1">
+                        <a:schemeClr val="lt1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="dk1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6A8E5E05" w14:textId="10D54BDA" w:rsidR="00534274" w:rsidRDefault="00534274" w:rsidP="00534274">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rtl/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:hint="cs"/>
+                              <w:rtl/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">صورة شخصية </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="377EA6E4" w14:textId="5CE81015" w:rsidR="00534274" w:rsidRDefault="00534274" w:rsidP="00534274">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rtl/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:hint="cs"/>
+                              <w:rtl/>
+                            </w:rPr>
+                            <w:t>خاصة بالرجال</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="1" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+          <w:pict>
+            <v:rect w14:anchorId="32DDABB1" id="مستطيل 2" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-3.2pt;margin-top:-.05pt;width:86.15pt;height:106pt;z-index:251683328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+u9qkTwIAAPAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nSbcGdYqgRYcB&#10;RRu0HXpWZCkxJosapcTOfv0o2XGKLthh2EWWRD5+PD366rqtDdsp9BXYgudnI86UlVBWdl3w7y93&#10;n75w5oOwpTBgVcH3yvPr+ccPV42bqTFswJQKGQWxfta4gm9CcLMs83KjauHPwClLRg1Yi0BHXGcl&#10;ioai1yYbj0YXWQNYOgSpvKfb287I5ym+1kqGR629CswUnGoLacW0ruKaza/EbI3CbSrZlyH+oYpa&#10;VJaSDqFuRRBsi9UfoepKInjQ4UxCnYHWlVSpB+omH73r5nkjnEq9EDneDTT5/xdWPuye3RKJhsb5&#10;madt7KLVWMcv1cfaRNZ+IEu1gUm6zEeX55f5lDNJtvx8cnE+nUY6syPcoQ9fFdQsbgqO9BqJJLG7&#10;96FzPbgQ7lhA2oW9UbEGY5+UZlVJKccJnbShbgyynaBXLX/kfdrkGSG6MmYA5adAJhxAvW+EqaSX&#10;ATg6BTxmG7xTRrBhANaVBfw7WHf+h667XmPboV21/WOsoNwvkSF0ovVO3lXE473wYSmQVEp6pskL&#10;j7RoA03Bod9xtgH8deo++pN4yMpZQ6ovuP+5Fag4M98syeoyn0zimKTDZPp5TAd8a1m9tdhtfQP0&#10;BDnNuJNpG/2DOdxqhPqVBnQRs5JJWEm5Cy4DHg43oZtGGnGpFovkRqPhRLi3z07G4JHgqJOX9lWg&#10;68UUSIcPcJgQMXunqc43Ii0stgF0lQQXKe547amnsUqS7X8BcW7fnpPX8Uc1/w0AAP//AwBQSwME&#10;FAAGAAgAAAAhAPUnHSXhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMT01Pg0AQvZv4HzZj4q1d&#10;aJQIZWkMxpjoSawHb1t2BCI7S9gtBX+905O9zGTy3ryPfDfbXkw4+s6RgngdgUCqnemoUbD/eF49&#10;gPBBk9G9I1SwoIddcX2V68y4E73jVIVGsAj5TCtoQxgyKX3dotV+7QYkxr7daHXgc2ykGfWJxW0v&#10;N1GUSKs7YodWD1i2WP9UR6vgbZFh2n8m6e9UdoupvsqXVyyVur2Zn7Y8HrcgAs7h/wPOHTg/FBzs&#10;4I5kvOgVrJI7ZvKOQZzh5D4FcVCwieMUZJHLyxbFHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQD+u9qkTwIAAPAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQD1Jx0l4QAAAA0BAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="2pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="6A8E5E05" w14:textId="10D54BDA" w:rsidR="00534274" w:rsidRDefault="00534274" w:rsidP="00534274">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rtl/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:hint="cs"/>
+                        <w:rtl/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">صورة شخصية </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="377EA6E4" w14:textId="5CE81015" w:rsidR="00534274" w:rsidRDefault="00534274" w:rsidP="00534274">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rtl/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:hint="cs"/>
+                        <w:rtl/>
+                      </w:rPr>
+                      <w:t>خاصة بالرجال</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:rect>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00EF296A" w:rsidRPr="00F52587">
+      <w:rPr>
+        <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D156765" wp14:editId="6DBB2564">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D156765" wp14:editId="3ABAF9E2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1590675</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>255270</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="946150" cy="639445"/>
           <wp:effectExtent l="0" t="0" r="6350" b="8255"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Picture 3"/>
+          <wp:docPr id="8" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="شعار الرؤية.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="946150" cy="639445"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00F34F4E" w:rsidRPr="00F34F4E">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+    <w:r w:rsidR="00855CB0" w:rsidRPr="00F52587">
+      <w:rPr>
+        <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
+        <w:b/>
+        <w:bCs/>
         <w:noProof/>
-        <w:sz w:val="32"/>
-[...273 lines deleted...]
-        <w:szCs w:val="32"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B607761" wp14:editId="0ED0886D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B607761" wp14:editId="38136483">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>2930525</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>9737</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="773628" cy="1009650"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Graphic 1"/>
+          <wp:docPr id="9" name="Graphic 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="شعار الوزارة.svg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                       <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+                        <asvg:svgBlip xmlns="" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="773628" cy="1009650"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00400F9E" w:rsidRPr="008B33A1">
+    <w:r w:rsidR="00400F9E" w:rsidRPr="00F52587">
+      <w:rPr>
+        <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t>المملكــة العربيـــة السعوديــــة</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2813BBE0" w14:textId="2599EFB2" w:rsidR="00F52587" w:rsidRPr="00F52587" w:rsidRDefault="00400F9E" w:rsidP="00F52587">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="-567" w:right="6237"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
+        <w:rtl/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00F52587">
+      <w:rPr>
+        <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t xml:space="preserve">وزارة الشـــؤون </w:t>
+    </w:r>
+    <w:r w:rsidR="00855CB0" w:rsidRPr="00F52587">
+      <w:rPr>
+        <w:rFonts w:ascii="Arabic Typesetting" w:hAnsi="Arabic Typesetting" w:cs="Arabic Typesetting"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t>الإسلاميـــة والـــدعوة والارشـــاد</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6027E8F3" w14:textId="3FA836CC" w:rsidR="00823988" w:rsidRDefault="003A1072" w:rsidP="008B33A1">
+    <w:pPr>
+      <w:ind w:left="-567" w:right="6237"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008B33A1">
+      <w:rPr>
+        <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t>(261)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="334B0022" w14:textId="5F50F1E4" w:rsidR="00F52587" w:rsidRDefault="00F52587" w:rsidP="008B33A1">
+    <w:pPr>
+      <w:ind w:left="-567" w:right="6237"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="3F5C93FE" w14:textId="77777777" w:rsidR="00F52587" w:rsidRPr="008B33A1" w:rsidRDefault="00F52587" w:rsidP="008B33A1">
+    <w:pPr>
+      <w:ind w:left="-567" w:right="6237"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:rtl/>
       </w:rPr>
-      <w:t>المملكــة العربيـــة السعوديــــة</w:t>
-[...11 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008B33A1">
-[...37 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w14:paraId="565F4108" w14:textId="4F71B1BB" w:rsidR="00400F9E" w:rsidRPr="008B33A1" w:rsidRDefault="00855CB0" w:rsidP="003A1072">
     <w:pPr>
       <w:ind w:left="-567" w:firstLine="543"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="AL-Mohanad Bold"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008B33A1">
       <w:rPr>
         <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:rtl/>
       </w:rPr>
       <w:t xml:space="preserve">استمـــارة </w:t>
     </w:r>
     <w:r w:rsidR="004D3D16" w:rsidRPr="008B33A1">
       <w:rPr>
         <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="cs"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:rtl/>
       </w:rPr>
       <w:t>معلومـــات شخصيـــة</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="244A67B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C05AB6BE"/>
     <w:lvl w:ilvl="0" w:tplc="37DC43C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Adobe Arabic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2494,63 +2510,63 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6B4D3A7D"/>
+    <w:nsid w:val="60781B06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3D5C74EA"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="741A8262"/>
+    <w:lvl w:ilvl="0" w:tplc="85161546">
+      <w:start w:val="24"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Adobe Arabic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Adobe Arabic" w:cs="AL-Mohanad Bold" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -2737,178 +2753,216 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="ar-SA" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00400F9E"/>
+    <w:rsid w:val="00040DA6"/>
     <w:rsid w:val="00056CEF"/>
     <w:rsid w:val="000735BB"/>
-    <w:rsid w:val="00140AD8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00380DA0"/>
+    <w:rsid w:val="000E6534"/>
+    <w:rsid w:val="001474F0"/>
+    <w:rsid w:val="001A2DCB"/>
+    <w:rsid w:val="001F08E0"/>
+    <w:rsid w:val="002215F7"/>
+    <w:rsid w:val="0024488F"/>
+    <w:rsid w:val="002633FD"/>
+    <w:rsid w:val="00266F06"/>
+    <w:rsid w:val="002B5953"/>
+    <w:rsid w:val="00303FFE"/>
+    <w:rsid w:val="00367FF5"/>
+    <w:rsid w:val="00393764"/>
     <w:rsid w:val="003A1072"/>
+    <w:rsid w:val="003F0D93"/>
+    <w:rsid w:val="003F3848"/>
     <w:rsid w:val="00400F9E"/>
+    <w:rsid w:val="00407817"/>
+    <w:rsid w:val="00410A4E"/>
     <w:rsid w:val="004250D1"/>
+    <w:rsid w:val="004566F6"/>
+    <w:rsid w:val="004C37A0"/>
     <w:rsid w:val="004D3D16"/>
+    <w:rsid w:val="004D6AB8"/>
+    <w:rsid w:val="004E1D46"/>
+    <w:rsid w:val="00534274"/>
     <w:rsid w:val="005B02D4"/>
     <w:rsid w:val="005B0966"/>
-    <w:rsid w:val="0064600F"/>
+    <w:rsid w:val="005F524A"/>
+    <w:rsid w:val="00602B7A"/>
+    <w:rsid w:val="006F224F"/>
     <w:rsid w:val="00712CF3"/>
-    <w:rsid w:val="00727C97"/>
     <w:rsid w:val="00733D91"/>
-    <w:rsid w:val="00744F0E"/>
     <w:rsid w:val="00770A64"/>
-    <w:rsid w:val="007C47B2"/>
+    <w:rsid w:val="00770D85"/>
+    <w:rsid w:val="00822C1B"/>
     <w:rsid w:val="00823988"/>
+    <w:rsid w:val="008447DB"/>
     <w:rsid w:val="0085104B"/>
     <w:rsid w:val="00855CB0"/>
-    <w:rsid w:val="00864EF2"/>
+    <w:rsid w:val="0087665F"/>
     <w:rsid w:val="008B33A1"/>
-    <w:rsid w:val="00990790"/>
+    <w:rsid w:val="009437B8"/>
+    <w:rsid w:val="00943EEC"/>
     <w:rsid w:val="009916ED"/>
     <w:rsid w:val="009E2BD5"/>
-    <w:rsid w:val="00A42FA8"/>
+    <w:rsid w:val="009F7591"/>
+    <w:rsid w:val="00A022FA"/>
+    <w:rsid w:val="00A05FF0"/>
+    <w:rsid w:val="00A225C0"/>
     <w:rsid w:val="00A55D70"/>
+    <w:rsid w:val="00A65185"/>
+    <w:rsid w:val="00A80008"/>
+    <w:rsid w:val="00A905DA"/>
     <w:rsid w:val="00AA2374"/>
     <w:rsid w:val="00B31AB1"/>
     <w:rsid w:val="00B757EB"/>
+    <w:rsid w:val="00BC54E0"/>
     <w:rsid w:val="00BD6001"/>
-    <w:rsid w:val="00BE5A0E"/>
     <w:rsid w:val="00C10C41"/>
-    <w:rsid w:val="00C30EF9"/>
     <w:rsid w:val="00C33DDA"/>
-    <w:rsid w:val="00C34969"/>
+    <w:rsid w:val="00C47695"/>
+    <w:rsid w:val="00C51495"/>
+    <w:rsid w:val="00C640BF"/>
+    <w:rsid w:val="00C73A2A"/>
+    <w:rsid w:val="00CB1EFE"/>
     <w:rsid w:val="00CD15C1"/>
-    <w:rsid w:val="00CE55DF"/>
     <w:rsid w:val="00CF20CF"/>
+    <w:rsid w:val="00D0367C"/>
     <w:rsid w:val="00D24B02"/>
     <w:rsid w:val="00D34068"/>
+    <w:rsid w:val="00D60068"/>
+    <w:rsid w:val="00E172A3"/>
     <w:rsid w:val="00E31FE3"/>
     <w:rsid w:val="00E4092A"/>
     <w:rsid w:val="00E40AFD"/>
+    <w:rsid w:val="00E63B48"/>
     <w:rsid w:val="00E7113D"/>
-    <w:rsid w:val="00E8515C"/>
+    <w:rsid w:val="00EB1361"/>
     <w:rsid w:val="00ED644E"/>
     <w:rsid w:val="00EF296A"/>
     <w:rsid w:val="00EF6E31"/>
     <w:rsid w:val="00F34F4E"/>
+    <w:rsid w:val="00F52587"/>
+    <w:rsid w:val="00F855BE"/>
     <w:rsid w:val="00FD3A82"/>
+    <w:rsid w:val="00FD7025"/>
     <w:rsid w:val="00FF4CB2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DCFAF54"/>
-  <w15:docId w15:val="{C1A6AA62-54A9-47BB-883A-4962A668F51D}"/>
+  <w15:docId w15:val="{5D543420-2C6F-4604-AF8C-C58310D0A168}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3236,54 +3290,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -3376,66 +3426,140 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F34F4E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Char1">
     <w:name w:val="نص في بالون Char"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F34F4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00407817"/>
+    <w:pPr>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="701781759">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1125656186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1219777647">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1631323425">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3689,86 +3813,97 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B49820C1-6414-475A-BE73-A52D94D2F4D6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{274EEE28-5813-4F37-AC93-1385CF57895E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>298</Characters>
+  <Pages>2</Pages>
+  <Words>88</Words>
+  <Characters>568</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>92a7e217-88a0-422d-b462-14c77a47e928</vt:lpstr>
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>HP Inc.</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>349</CharactersWithSpaces>
+  <CharactersWithSpaces>655</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>92a7e217-88a0-422d-b462-14c77a47e928</dc:title>
-  <dc:creator>عبدالرحمن المطيري</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>AHK .</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>06f66994fad77296967d9b7e452500621a1d70cbaa6d83564e4b2f61b8538920</vt:lpwstr>
+  </property>
+</Properties>
+</file>